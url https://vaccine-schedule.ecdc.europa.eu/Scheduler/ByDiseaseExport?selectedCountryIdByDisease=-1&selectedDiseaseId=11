--- v0 (2025-10-24)
+++ v1 (2025-11-16)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R81a015ac890d421e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf2da4aa11e2043c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R9594c7544a5546c8"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rb5484d161de3477f"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
   <si>
     <t>Varicella: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
@@ -234,51 +234,51 @@
   </si>
   <si>
     <t>4: Two doses recommended to people belonging to specific occupational categories , please refer to official recommendations. Women found to be seronegative during pregnancy should be vaccinated with 2 doses in the postpartum period.</t>
   </si>
   <si>
     <t>5: Children born after 31 July 2018 (mandatory)</t>
   </si>
   <si>
     <t>6: Children who have received the first dose of the vaccine against varicella and who have not contracted the illness shall be vaccinated against varicella.
 Vaccination against varicella for 7-year-old children (second dose) shall be commenced from 1 January 2019. Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
   </si>
   <si>
     <t>7: Catch-up (2 doses at least 4 weeks apart) in young adults (&lt;40 years of age) with no history of past infection.</t>
   </si>
   <si>
     <t xml:space="preserve">8: MMRV vaccine is used
 https://nijz.si/nalezljive-bolezni/cepljenje/navodila-in-priporocila-za-cepljenje/ </t>
   </si>
   <si>
     <t xml:space="preserve">9: Using MMRV vaccine. Second dose will be administered at 3 years of age (from 2027 onwards) starting with birth cohort that received a first dose of MMRV vaccine in 2025.  </t>
   </si>
   <si>
     <t>10: 2 doses recommended at 4+ week-interval (preferably 8 weeks) to individuals with no documented history of disease and no documented prior vaccination (in the case of adults, vaccination is recommended if IgG serology for varicella is negative).</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-24 at 07:36.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-16 at 12:47.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -336,51 +336,51 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R9594c7544a5546c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R2c3c92c2418d4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9454c0ff6505404f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb5484d161de3477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R9caae48a00e64718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rf0a1dae613ab4f42" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Y52"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>