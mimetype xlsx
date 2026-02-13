--- v1 (2025-11-16)
+++ v2 (2026-02-13)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf2da4aa11e2043c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rc8326a0f30da4b87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Rb5484d161de3477f"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8fd26f565d244ca8"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
     <t>Varicella: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
@@ -64,221 +64,257 @@
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
+    <t>25</t>
+  </si>
+  <si>
     <t>26</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
+    <t>59</t>
+  </si>
+  <si>
     <t>64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>VAR (1 )</t>
   </si>
   <si>
+    <t>VAR</t>
+  </si>
+  <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
     <t>VAR (2 )</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
+    <t>VAR (3 )</t>
+  </si>
+  <si>
     <t>Croatia</t>
   </si>
   <si>
+    <t>VAR (4 )</t>
+  </si>
+  <si>
     <t>Cyprus</t>
   </si>
   <si>
-    <t>VAR</t>
-[...1 lines deleted...]
-  <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>VAR (3 )</t>
+    <t>VAR (5 )</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>VAR (4 )</t>
+    <t>VAR (6 )</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>VAR (5 )</t>
+    <t>VAR (7 )</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
+    <t>VAR (8 )</t>
+  </si>
+  <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>VAR (6 )</t>
+    <t>VAR (9 )</t>
+  </si>
+  <si>
+    <t>VAR (10 )</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>VAR (7 )</t>
+    <t>VAR (11 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
+    <t>VAR (12 )</t>
+  </si>
+  <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>VAR (8 )</t>
-[...2 lines deleted...]
-    <t>VAR (9 )</t>
+    <t>VAR (13 )</t>
+  </si>
+  <si>
+    <t>VAR (14 )</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>VAR (10 )</t>
+    <t>VAR (15 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
-    <t xml:space="preserve">1: Two doses with minimum interval of 4 weeks. </t>
+    <t>1: Vaccination is recommended from the age of 1 year. Further, the vaccination is recommended for all non-immune adults up to the age of 60. Two doses with an interval of 6 weeks.
+More information: https://www.sozialministerium.gv.at/impfplan (p. 124ff)</t>
   </si>
   <si>
     <t>2: For healthy susceptible close household contacts of immunocompromised patients and healthcare workers. For adolescents and adults with no antecedents of varicella (after serological testing). Two doses of varicella vaccine, four to eight weeks apart.</t>
   </si>
   <si>
-    <t>3: Further information available at https://thl.fi/fi/web/infektiotaudit-ja-rokotukset/rokotteet-a-o/vesirokkorokote</t>
-[...15 lines deleted...]
-    <t xml:space="preserve">8: MMRV vaccine is used
+    <t xml:space="preserve">3: Varicella vaccine will be in place as mandatory vaccination since 1st July 2026. 2 doses scheme is recommended: 1 st dose at age 12-15 months and 2nd at 4 years of age. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">4: Vaccination is recommended and funded by Croatian Health Insurance for certain at risk groups (children and adults- for example: seronegative persons with certain medical conditions and therapy, seronegative HCW working at neonatal, pediatric, infectious disease, and hematology departments) </t>
+  </si>
+  <si>
+    <t>5: Further information available at https://thl.fi/fi/web/infektiotaudit-ja-rokotukset/rokotteet-a-o/vesirokkorokote</t>
+  </si>
+  <si>
+    <t>6: For unvaccinated individuals born after 1990. Two doses recommended to people belonging to specific occupational categories , please refer to official recommendations. Women found to be seronegative during pregnancy should be vaccinated with 2 doses in the postpartum period.</t>
+  </si>
+  <si>
+    <t>7: Children born after 31 July 2018 (mandatory)</t>
+  </si>
+  <si>
+    <t>8: Varicella vaccine will be available as MMRV in Ireland to all babies born after 1st October 2024 when they are in junior infants (aged 4-5 usually) in school.</t>
+  </si>
+  <si>
+    <t>9: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10:  If not previously vaccinated,  2 doses are required. Vaccination against varicella should be performed with no history of disease.</t>
+  </si>
+  <si>
+    <t>11: Catch-up (2 doses at least 4 weeks apart) in young adults (&lt;40 years of age) with no history of past infection.</t>
+  </si>
+  <si>
+    <t>12: Generally recommended to children with no legislative support.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13: MMRV vaccine is used
 https://nijz.si/nalezljive-bolezni/cepljenje/navodila-in-priporocila-za-cepljenje/ </t>
   </si>
   <si>
-    <t xml:space="preserve">9: Using MMRV vaccine. Second dose will be administered at 3 years of age (from 2027 onwards) starting with birth cohort that received a first dose of MMRV vaccine in 2025.  </t>
-[...5 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-16 at 12:47.</t>
+    <t xml:space="preserve">14: Using MMRV vaccine. Second dose will be administered at 3 years of age (from 2027 onwards) starting with birth cohort that received a first dose of MMRV vaccine in 2025.  </t>
+  </si>
+  <si>
+    <t>15: 2 doses recommended at 4+ week-interval (preferably 8 weeks) to individuals with no documented history of disease and no documented prior vaccination (in the case of adults, vaccination is recommended if IgG serology for varicella is negative).</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-13 at 14:33.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -336,85 +372,87 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Rb5484d161de3477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R9caae48a00e64718" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rf0a1dae613ab4f42" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8fd26f565d244ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf73695635cf54f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9eba011f081b4d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Y52"/>
+  <dimension ref="A1:AA57"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
     <col min="21" max="21" width="13.17" customWidth="1" style="1"/>
     <col min="22" max="22" width="13.17" customWidth="1" style="1"/>
     <col min="23" max="23" width="13.17" customWidth="1" style="1"/>
     <col min="24" max="24" width="13.17" customWidth="1" style="1"/>
+    <col min="25" max="25" width="13.17" customWidth="1" style="1"/>
+    <col min="26" max="26" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -447,83 +485,91 @@
       <c r="Q1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="R1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="S1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="T1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="U1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="V1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="W1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="X1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Y1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="Z1" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="AA1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
+      <c r="Z2" s="1"/>
+      <c r="AA2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
@@ -555,1380 +601,1961 @@
       </c>
       <c r="R3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="S3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="T3" s="3" t="s">
         <v>10</v>
       </c>
       <c r="U3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="V3" s="3" t="s">
         <v>20</v>
       </c>
       <c r="W3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="X3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="Y3" s="3" t="s">
         <v>23</v>
       </c>
+      <c r="Z3" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="AA3" s="3" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
+      <c r="K4" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="L4" s="1"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+      <c r="X4" s="1"/>
+      <c r="Y4" s="1"/>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="Q5" s="6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
       <c r="V5" s="1"/>
       <c r="W5" s="1"/>
       <c r="X5" s="1"/>
       <c r="Y5" s="1"/>
+      <c r="Z5" s="1"/>
+      <c r="AA5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="1"/>
+      <c r="F6" s="1"/>
+      <c r="G6" s="1"/>
+      <c r="M6" s="5" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
-        <v>29</v>
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D7" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E7" s="1"/>
+      <c r="F7" s="1"/>
+      <c r="G7" s="1"/>
+      <c r="H7" s="1"/>
+      <c r="I7" s="1"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+      <c r="X7" s="1"/>
+      <c r="Y7" s="1"/>
+      <c r="Z7" s="1"/>
+      <c r="AA7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="M8" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="N9" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="O9" s="1"/>
       <c r="T9" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="U9" s="1"/>
       <c r="V9" s="1"/>
       <c r="W9" s="1"/>
       <c r="X9" s="1"/>
       <c r="Y9" s="1"/>
+      <c r="Z9" s="1"/>
+      <c r="AA9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="O12" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D14" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H14" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="L15" s="1"/>
       <c r="M15" s="7" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="7" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="V15" s="1"/>
+      <c r="W15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
-        <v>44</v>
-      </c>
+        <v>48</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="N18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="N19" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="O19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="P20" s="5" t="s">
-        <v>47</v>
-      </c>
+        <v>52</v>
+      </c>
+      <c r="Q20" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1"/>
+      <c r="U20" s="1"/>
+      <c r="V20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="R21" s="7" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
+      <c r="X21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>58</v>
+        <v>64</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="L31" s="5" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="L32" s="5" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="M32" s="1"/>
       <c r="N32" s="7" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
+      <c r="Y32" s="1"/>
+      <c r="Z32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>65</v>
+        <v>72</v>
+      </c>
+      <c r="Z35" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="AA35" s="4" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>66</v>
+        <v>73</v>
+      </c>
+      <c r="Z36" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="AA36" s="8" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>67</v>
+        <v>74</v>
+      </c>
+      <c r="Z37" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="AA37" s="8" t="s">
+        <v>74</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>68</v>
+        <v>75</v>
+      </c>
+      <c r="Z38" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="AA38" s="8" t="s">
+        <v>75</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>69</v>
+        <v>76</v>
+      </c>
+      <c r="Z39" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="AA39" s="8" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>70</v>
+        <v>77</v>
+      </c>
+      <c r="Z40" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="AA40" s="8" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>71</v>
+        <v>78</v>
+      </c>
+      <c r="Z41" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="AA41" s="8" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>72</v>
+        <v>79</v>
+      </c>
+      <c r="Z42" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA42" s="8" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>73</v>
+        <v>80</v>
+      </c>
+      <c r="Z43" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="AA43" s="8" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>74</v>
+        <v>81</v>
+      </c>
+      <c r="Z44" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="AA44" s="8" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>75</v>
+        <v>82</v>
+      </c>
+      <c r="Z45" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="AA45" s="8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="G46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="H46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="J46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="K46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="L46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="M46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="N46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="O46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="P46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="R46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="S46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="T46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="U46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="V46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="W46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="X46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="Y46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="Z46" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="AA46" s="8" t="s">
+        <v>83</v>
       </c>
     </row>
     <row r="47">
-      <c r="A47" s="1" t="s">
-[...72 lines deleted...]
-        <v>76</v>
+      <c r="A47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="B47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="E47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="F47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="G47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="H47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="I47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="J47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="L47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="M47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="N47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="O47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="P47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="Q47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="R47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="S47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="T47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="U47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="V47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="W47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="X47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="Y47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z47" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="AA47" s="8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="B48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="E48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="F48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="G48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="H48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="I48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="J48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="K48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="L48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="M48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="N48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="O48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="P48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="Q48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="R48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="S48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="T48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="U48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="V48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="W48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="X48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="Y48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="Z48" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="AA48" s="8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="B49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="E49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="F49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="G49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="H49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="J49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="K49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="L49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="M49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="N49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="O49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="P49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="Q49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="R49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="S49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="T49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="U49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="V49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="W49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="X49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="Y49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="Z49" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="AA49" s="8" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="9" t="s">
-[...11 lines deleted...]
-        <v>79</v>
+      <c r="A50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="E50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="G50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="H50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="I50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="J50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="K50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="L50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="M50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="N50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="O50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="P50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="Q50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="R50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="S50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="T50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="U50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="V50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="W50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="X50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="Z50" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="AA50" s="8" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="52">
-      <c r="A52" s="11" t="s">
-        <v>77</v>
+      <c r="A52" s="1" t="s">
+        <v>88</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>80</v>
+        <v>88</v>
+      </c>
+      <c r="C52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="D52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="E52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="J52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="K52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="L52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="M52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="N52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="O52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="P52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="Q52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="R52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="S52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="T52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="U52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="V52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="W52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="X52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="Y52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z52" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="AA52" s="1" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B57" s="1" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:Y1"/>
+    <mergeCell ref="A1:AA1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:J2"/>
-    <mergeCell ref="K2:Y2"/>
+    <mergeCell ref="K2:AA2"/>
     <mergeCell ref="D4:J4"/>
-    <mergeCell ref="Q5:Y5"/>
+    <mergeCell ref="K4:Y4"/>
+    <mergeCell ref="Q5:AA5"/>
+    <mergeCell ref="D6:G6"/>
+    <mergeCell ref="D7:AA7"/>
     <mergeCell ref="D8:G8"/>
     <mergeCell ref="M8:O8"/>
     <mergeCell ref="E9:I9"/>
     <mergeCell ref="N9:O9"/>
-    <mergeCell ref="T9:Y9"/>
+    <mergeCell ref="T9:AA9"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="H14:S14"/>
     <mergeCell ref="D15:G15"/>
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:L15"/>
     <mergeCell ref="M15:T15"/>
-    <mergeCell ref="U15:V15"/>
+    <mergeCell ref="U15:W15"/>
+    <mergeCell ref="M18:N18"/>
     <mergeCell ref="N19:O19"/>
     <mergeCell ref="D20:G20"/>
-    <mergeCell ref="R21:W21"/>
+    <mergeCell ref="Q20:V20"/>
+    <mergeCell ref="R21:X21"/>
     <mergeCell ref="G23:J23"/>
     <mergeCell ref="E27:U27"/>
     <mergeCell ref="C31:I31"/>
     <mergeCell ref="L32:M32"/>
-    <mergeCell ref="N32:X32"/>
-[...11 lines deleted...]
-    <mergeCell ref="A47:Y47"/>
+    <mergeCell ref="N32:Z32"/>
+    <mergeCell ref="A35:AA35"/>
+    <mergeCell ref="A36:AA36"/>
+    <mergeCell ref="A37:AA37"/>
+    <mergeCell ref="A38:AA38"/>
+    <mergeCell ref="A39:AA39"/>
+    <mergeCell ref="A40:AA40"/>
+    <mergeCell ref="A41:AA41"/>
+    <mergeCell ref="A42:AA42"/>
+    <mergeCell ref="A43:AA43"/>
+    <mergeCell ref="A44:AA44"/>
+    <mergeCell ref="A45:AA45"/>
+    <mergeCell ref="A46:AA46"/>
+    <mergeCell ref="A47:AA47"/>
+    <mergeCell ref="A48:AA48"/>
+    <mergeCell ref="A49:AA49"/>
+    <mergeCell ref="A50:AA50"/>
+    <mergeCell ref="A52:AA52"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>