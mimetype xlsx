--- v2 (2026-02-13)
+++ v3 (2026-03-30)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rc8326a0f30da4b87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3b33775d447c4892" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R8fd26f565d244ca8"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R52da58d0649d4617"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="95">
   <si>
     <t>Varicella: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
@@ -67,51 +67,51 @@
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>26</t>
+    <t>36</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>&gt;= 65</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>VAR (1 )</t>
   </si>
   <si>
     <t>VAR</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
@@ -190,131 +190,137 @@
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>VAR (11 )</t>
   </si>
   <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
+    <t>VAR (12 )</t>
+  </si>
+  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>VAR (12 )</t>
+    <t>VAR (13 )</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
-    <t>VAR (13 )</t>
-[...1 lines deleted...]
-  <si>
     <t>VAR (14 )</t>
   </si>
   <si>
+    <t>VAR (15 )</t>
+  </si>
+  <si>
     <t>Spain</t>
   </si>
   <si>
-    <t>VAR (15 )</t>
+    <t>VAR (16 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t>1: Vaccination is recommended from the age of 1 year. Further, the vaccination is recommended for all non-immune adults up to the age of 60. Two doses with an interval of 6 weeks.
 More information: https://www.sozialministerium.gv.at/impfplan (p. 124ff)</t>
   </si>
   <si>
     <t>2: For healthy susceptible close household contacts of immunocompromised patients and healthcare workers. For adolescents and adults with no antecedents of varicella (after serological testing). Two doses of varicella vaccine, four to eight weeks apart.</t>
   </si>
   <si>
     <t xml:space="preserve">3: Varicella vaccine will be in place as mandatory vaccination since 1st July 2026. 2 doses scheme is recommended: 1 st dose at age 12-15 months and 2nd at 4 years of age. </t>
   </si>
   <si>
     <t xml:space="preserve">4: Vaccination is recommended and funded by Croatian Health Insurance for certain at risk groups (children and adults- for example: seronegative persons with certain medical conditions and therapy, seronegative HCW working at neonatal, pediatric, infectious disease, and hematology departments) </t>
   </si>
   <si>
     <t>5: Further information available at https://thl.fi/fi/web/infektiotaudit-ja-rokotukset/rokotteet-a-o/vesirokkorokote</t>
   </si>
   <si>
-    <t>6: For unvaccinated individuals born after 1990. Two doses recommended to people belonging to specific occupational categories , please refer to official recommendations. Women found to be seronegative during pregnancy should be vaccinated with 2 doses in the postpartum period.</t>
+    <t>6: For unvaccinated individuals born after 1990. Two doses recommended to people belonging to specific occupational categories.</t>
   </si>
   <si>
     <t>7: Children born after 31 July 2018 (mandatory)</t>
   </si>
   <si>
     <t>8: Varicella vaccine will be available as MMRV in Ireland to all babies born after 1st October 2024 when they are in junior infants (aged 4-5 usually) in school.</t>
   </si>
   <si>
     <t>9: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
   </si>
   <si>
-    <t xml:space="preserve">10:  If not previously vaccinated,  2 doses are required. Vaccination against varicella should be performed with no history of disease.</t>
+    <t xml:space="preserve">10: If not previously vaccinated,  2 doses are required. Vaccination against varicella should be performed with no history of disease.</t>
   </si>
   <si>
     <t>11: Catch-up (2 doses at least 4 weeks apart) in young adults (&lt;40 years of age) with no history of past infection.</t>
   </si>
   <si>
-    <t>12: Generally recommended to children with no legislative support.</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">13: MMRV vaccine is used
+    <t xml:space="preserve">12: Varicella vaccination is mandatory only for people under 19 years of age from risk groups (with immune disorders), for people under 19 years of age in their environment and for children staying in orphanages and different nurseries and nursing and care facilities. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">13: Generally recommended to children with no legislative support. This period is an indication and subsequent doses can be administered differently, if the starting dose was administered differently than from the original recommended age.  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">14: MMRV vaccine is used
 https://nijz.si/nalezljive-bolezni/cepljenje/navodila-in-priporocila-za-cepljenje/ </t>
   </si>
   <si>
-    <t xml:space="preserve">14: Using MMRV vaccine. Second dose will be administered at 3 years of age (from 2027 onwards) starting with birth cohort that received a first dose of MMRV vaccine in 2025.  </t>
-[...5 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-02-13 at 14:33.</t>
+    <t xml:space="preserve">15: Using MMRV vaccine. Second dose will be administered at 3 years of age (from 2027 onwards) starting with birth cohort that received a first dose of MMRV vaccine in 2025.  </t>
+  </si>
+  <si>
+    <t>16: Two doses recommended at 4+ week-interval (preferably 8 weeks) to individuals with no documented history of disease and no documented prior vaccination (in the case of adults, vaccination is recommended if IgG serology for varicella is negative).</t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-30 at 17:53.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -372,56 +378,56 @@
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R8fd26f565d244ca8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rf73695635cf54f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R9eba011f081b4d32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R52da58d0649d4617" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R19c90bc84d6848d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R91e60d03ba054e74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA57"/>
+  <dimension ref="A1:AA58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
@@ -820,62 +826,60 @@
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
         <v>43</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="7" t="s">
         <v>28</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L15" s="1"/>
       <c r="M15" s="7" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
-      <c r="U15" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
         <v>45</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>46</v>
       </c>
       <c r="G16" s="5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
         <v>47</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>28</v>
       </c>
     </row>
@@ -962,1600 +966,1686 @@
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="L31" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G32" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L32" s="5" t="s">
         <v>28</v>
       </c>
       <c r="M32" s="1"/>
       <c r="N32" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="Z35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AA35" s="4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="G36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="L36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="N36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="P36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Q36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="R36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="T36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="U36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="V36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="W36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="X36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Y36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Z36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="AA36" s="8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="G37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="H37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="O37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Q37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="R37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="S37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="T37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="U37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="V37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="W37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="X37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Y37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Z37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AA37" s="8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="E38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="I38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="J38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="K38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="N38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="P38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Q38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="R38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="T38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="V38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="W38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="X38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Y38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="Z38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="AA38" s="8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="J39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="K39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="L39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="N39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="O39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="P39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="R39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="S39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="V39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="W39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="X39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Y39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Z39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="AA39" s="8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="E40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="K40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="L40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="M40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="N40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="O40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="P40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Q40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="S40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="T40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="U40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="V40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Y40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="Z40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="AA40" s="8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="K41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="M41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="N41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="O41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Q41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="R41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="S41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="T41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="U41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="V41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="W41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="X41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Y41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="Z41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AA41" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="G42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="O42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="P42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Q42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="R42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="S42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="U42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="V42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="W42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="X42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Y42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Z42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AA42" s="8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="G43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="O43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="R43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="T43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="V43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="W43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Z43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AA43" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="I44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="K44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="O44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Q44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="R44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="S44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="U44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="W44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="X44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Y44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Z44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AA44" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="J45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="K45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Q45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="R45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="S45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="T45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="U45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="V45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="X45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Y45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Z45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AA45" s="8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="O46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Q46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="R46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="S46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="T46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="U46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="V46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="W46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="X46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Y46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Z46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AA46" s="8" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="L47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="P47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Q47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="R47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="S47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="T47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="U47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="V47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="W47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="X47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Y47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Z47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AA47" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="K48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="N48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="O48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Q48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="R48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="S48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="T48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="U48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="V48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="W48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="X48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Y48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Z48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AA48" s="8" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="G49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="K49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="L49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="O49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="P49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Q49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="R49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="S49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="T49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="U49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="V49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="W49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="X49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Y49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Z49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AA49" s="8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="G50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="K50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="M50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="N50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="P50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Q50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="R50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="S50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="T50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="U50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="V50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="W50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="X50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Y50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Z50" s="8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AA50" s="8" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      <c r="A52" s="1" t="s">
         <v>88</v>
       </c>
-      <c r="B52" s="1" t="s">
-[...79 lines deleted...]
-      <c r="A55" s="9" t="s">
+    </row>
+    <row r="51">
+      <c r="A51" s="8" t="s">
         <v>89</v>
       </c>
-      <c r="B55" s="1" t="s">
+      <c r="B51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="E51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="G51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="H51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="I51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="J51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="K51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="L51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="M51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="N51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="O51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="P51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="R51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="S51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="T51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="U51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="V51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="W51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="X51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="Y51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z51" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA51" s="8" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="1" t="s">
         <v>90</v>
       </c>
+      <c r="B53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="E53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="K53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="L53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="M53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="N53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="O53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="P53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="R53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="S53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="T53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="U53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="V53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="W53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="X53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="Y53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="Z53" s="1" t="s">
+        <v>90</v>
+      </c>
+      <c r="AA53" s="1" t="s">
+        <v>90</v>
+      </c>
     </row>
     <row r="56">
-      <c r="A56" s="10" t="s">
-        <v>89</v>
+      <c r="A56" s="9" t="s">
+        <v>91</v>
       </c>
       <c r="B56" s="1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="10" t="s">
         <v>91</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B57" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="B58" s="1" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AA1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="K2:AA2"/>
     <mergeCell ref="D4:J4"/>
     <mergeCell ref="K4:Y4"/>
     <mergeCell ref="Q5:AA5"/>
     <mergeCell ref="D6:G6"/>
     <mergeCell ref="D7:AA7"/>
     <mergeCell ref="D8:G8"/>
     <mergeCell ref="M8:O8"/>
     <mergeCell ref="E9:I9"/>
     <mergeCell ref="N9:O9"/>
     <mergeCell ref="T9:AA9"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="H14:S14"/>
     <mergeCell ref="D15:G15"/>
     <mergeCell ref="H15:J15"/>
     <mergeCell ref="K15:L15"/>
-    <mergeCell ref="M15:T15"/>
-    <mergeCell ref="U15:W15"/>
+    <mergeCell ref="M15:W15"/>
     <mergeCell ref="M18:N18"/>
     <mergeCell ref="N19:O19"/>
     <mergeCell ref="D20:G20"/>
     <mergeCell ref="Q20:V20"/>
     <mergeCell ref="R21:X21"/>
     <mergeCell ref="G23:J23"/>
     <mergeCell ref="E27:U27"/>
     <mergeCell ref="C31:I31"/>
     <mergeCell ref="L32:M32"/>
     <mergeCell ref="N32:Z32"/>
     <mergeCell ref="A35:AA35"/>
     <mergeCell ref="A36:AA36"/>
     <mergeCell ref="A37:AA37"/>
     <mergeCell ref="A38:AA38"/>
     <mergeCell ref="A39:AA39"/>
     <mergeCell ref="A40:AA40"/>
     <mergeCell ref="A41:AA41"/>
     <mergeCell ref="A42:AA42"/>
     <mergeCell ref="A43:AA43"/>
     <mergeCell ref="A44:AA44"/>
     <mergeCell ref="A45:AA45"/>
     <mergeCell ref="A46:AA46"/>
     <mergeCell ref="A47:AA47"/>
     <mergeCell ref="A48:AA48"/>
     <mergeCell ref="A49:AA49"/>
     <mergeCell ref="A50:AA50"/>
-    <mergeCell ref="A52:AA52"/>
+    <mergeCell ref="A51:AA51"/>
+    <mergeCell ref="A53:AA53"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>