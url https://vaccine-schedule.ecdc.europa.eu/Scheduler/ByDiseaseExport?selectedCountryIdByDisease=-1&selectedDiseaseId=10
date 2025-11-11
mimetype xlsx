--- v0 (2025-10-20)
+++ v1 (2025-11-11)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rf92a7aa9663d4445" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3dedb3aa3cf14bfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="Re8543407f20c4676"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R233f604018c54b2a"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <si>
     <t>Rubella: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
@@ -279,51 +279,51 @@
     <t>10: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
   </si>
   <si>
     <t>11: Catch-up for females not previously vaccinated, with no history of rubella vaccination or disease. 2-dose schedule recommended.</t>
   </si>
   <si>
     <t>12: Depending on the risk evaluation of the risk of measles, administration of the second dose of MMR is possible between 12 and 15 months of age. In case of an outbreak, or contact with a measles case, or travel to endemic area, vaccination is recommended starting at six months of age. If the first dose of MMR is given between six and eight months of age, three doses of MMR are necessary to complete the immunisation cycle.</t>
   </si>
   <si>
     <t>13: Catch up on vaccination (1 or 2 doses at least one month apart, depending on the number of doses received previously): in particular children, adolescents and adults
 born after 1963; women of childbearing age or women who have recently given birth. Do not administer this vaccination in case of known pregnancy or immunosuppression</t>
   </si>
   <si>
     <t>14: Following shift of MMR vaccine from 9 to 3 years old in 2025, a catch up campaign is in place for cohorts 2016 to 2021 between 2025-24</t>
   </si>
   <si>
     <t>15: Catch-up for children who did not receive MMR at 10 years of age. An additional dose should be given by 19 years of age</t>
   </si>
   <si>
     <t>16: Two doses at 4 or more weeks interval recommended in individuals born in Spain since 1970 with no documented history of vaccination</t>
   </si>
   <si>
     <t>17: Given to 1-2 grade students</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-10-20 at 12:33.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-11 at 22:51.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -378,51 +378,51 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="Re8543407f20c4676" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R59c208aa9b2d44cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rf377128fa55b4c73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R233f604018c54b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R084df1a9efbb406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R5178619a3c624d4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>