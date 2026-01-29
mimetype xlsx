--- v1 (2025-11-11)
+++ v2 (2026-01-29)
@@ -1,138 +1,138 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R3dedb3aa3cf14bfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb8d204867b9e4ef9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R233f604018c54b2a"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R20cfe5c211ba4547"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
   <si>
     <t>Rubella: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
     <t>10</t>
   </si>
   <si>
-    <t>11</t>
-[...46 lines deleted...]
-  <si>
     <t>19</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>RUBE (1 )</t>
   </si>
   <si>
+    <t>RUBE</t>
+  </si>
+  <si>
     <t xml:space="preserve">Belgium  </t>
-  </si>
-[...1 lines deleted...]
-    <t>RUBE</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
     <t>RUBE (2 )</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
     <t>RUBE (3 )</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
@@ -279,51 +279,51 @@
     <t>10: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
   </si>
   <si>
     <t>11: Catch-up for females not previously vaccinated, with no history of rubella vaccination or disease. 2-dose schedule recommended.</t>
   </si>
   <si>
     <t>12: Depending on the risk evaluation of the risk of measles, administration of the second dose of MMR is possible between 12 and 15 months of age. In case of an outbreak, or contact with a measles case, or travel to endemic area, vaccination is recommended starting at six months of age. If the first dose of MMR is given between six and eight months of age, three doses of MMR are necessary to complete the immunisation cycle.</t>
   </si>
   <si>
     <t>13: Catch up on vaccination (1 or 2 doses at least one month apart, depending on the number of doses received previously): in particular children, adolescents and adults
 born after 1963; women of childbearing age or women who have recently given birth. Do not administer this vaccination in case of known pregnancy or immunosuppression</t>
   </si>
   <si>
     <t>14: Following shift of MMR vaccine from 9 to 3 years old in 2025, a catch up campaign is in place for cohorts 2016 to 2021 between 2025-24</t>
   </si>
   <si>
     <t>15: Catch-up for children who did not receive MMR at 10 years of age. An additional dose should be given by 19 years of age</t>
   </si>
   <si>
     <t>16: Two doses at 4 or more weeks interval recommended in individuals born in Spain since 1970 with no documented history of vaccination</t>
   </si>
   <si>
     <t>17: Given to 1-2 grade students</t>
   </si>
   <si>
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2025-11-11 at 22:51.</t>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-29 at 21:27.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -378,90 +378,89 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R233f604018c54b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R084df1a9efbb406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R5178619a3c624d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R20cfe5c211ba4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rd9d4d28c23ac4b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rbd211cd49c6e4c44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AD59"/>
+  <dimension ref="A1:AC59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
     <col min="21" max="21" width="13.17" customWidth="1" style="1"/>
     <col min="22" max="22" width="13.17" customWidth="1" style="1"/>
     <col min="23" max="23" width="13.17" customWidth="1" style="1"/>
     <col min="24" max="24" width="13.17" customWidth="1" style="1"/>
     <col min="25" max="25" width="13.17" customWidth="1" style="1"/>
     <col min="26" max="26" width="13.17" customWidth="1" style="1"/>
     <col min="27" max="27" width="13.17" customWidth="1" style="1"/>
     <col min="28" max="28" width="13.17" customWidth="1" style="1"/>
-    <col min="29" max="29" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -506,91 +505,87 @@
       <c r="U1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="V1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="W1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="X1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Y1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Z1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AB1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AC1" s="2" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AD1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
-      <c r="L2" s="1"/>
-      <c r="M2" s="3" t="s">
+      <c r="L2" s="3" t="s">
         <v>2</v>
       </c>
+      <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
       <c r="AC2" s="1"/>
-      <c r="AD2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
@@ -602,587 +597,584 @@
       <c r="K3" s="3" t="s">
         <v>12</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="S3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="T3" s="3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="U3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="V3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="W3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="X3" s="3" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="Y3" s="3" t="s">
         <v>11</v>
       </c>
       <c r="Z3" s="3" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="AA3" s="3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AB3" s="3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="AC3" s="3" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="AD3" s="3" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="B4" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="1"/>
-[...1 lines deleted...]
-      <c r="F4" s="1"/>
+      <c r="D4" s="5" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="E5" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="R5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="S5" s="1"/>
+      <c r="D5" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q5" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="R5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>29</v>
       </c>
-      <c r="F6" s="5" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="E6" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="V6" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="E7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="5" t="s">
+      <c r="D7" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P7" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="R7" s="1"/>
+      <c r="Q7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="E8" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D8" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
-      <c r="H8" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N8" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" s="1"/>
       <c r="P8" s="1"/>
-      <c r="Q8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="F9" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
-      <c r="K9" s="1"/>
-[...3 lines deleted...]
-      <c r="Q9" s="1"/>
+      <c r="O9" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
         <v>34</v>
       </c>
-      <c r="H10" s="5" t="s">
+      <c r="G10" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="O10" s="5" t="s">
-        <v>28</v>
+      <c r="N10" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="E11" s="5" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="D11" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="W11" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
         <v>37</v>
       </c>
-      <c r="E12" s="5" t="s">
+      <c r="D12" s="5" t="s">
         <v>38</v>
       </c>
+      <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
-      <c r="K12" s="1"/>
-[...1 lines deleted...]
-        <v>28</v>
+      <c r="P12" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
         <v>39</v>
       </c>
-      <c r="E13" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I13" s="1"/>
       <c r="J13" s="1"/>
-      <c r="K13" s="1"/>
-      <c r="Q13" s="6" t="s">
+      <c r="P13" s="6" t="s">
         <v>40</v>
       </c>
+      <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
-      <c r="Y13" s="1"/>
-      <c r="Z13" s="6" t="s">
+      <c r="Y13" s="6" t="s">
         <v>41</v>
       </c>
+      <c r="Z13" s="1"/>
       <c r="AA13" s="1"/>
-      <c r="AB13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="D14" s="5" t="s">
+      <c r="C14" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="E14" s="6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D14" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E14" s="1"/>
       <c r="F14" s="1"/>
-      <c r="G14" s="1"/>
-[...5 lines deleted...]
-      </c>
+      <c r="G14" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
-      <c r="Y14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
         <v>44</v>
       </c>
-      <c r="E15" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
-      <c r="H15" s="1"/>
-[...2 lines deleted...]
-      </c>
+      <c r="H15" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
-      <c r="L15" s="1"/>
-[...6 lines deleted...]
-      </c>
+      <c r="L15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="M15" s="1"/>
+      <c r="N15" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
-      <c r="Z15" s="1"/>
-      <c r="AA15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>45</v>
       </c>
+      <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
-      <c r="AC15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
         <v>46</v>
       </c>
-      <c r="H16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="V16" s="5" t="s">
+      <c r="G16" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="U16" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="W16" s="1"/>
+      <c r="V16" s="1"/>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
         <v>48</v>
       </c>
-      <c r="K17" s="5" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="J17" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="V17" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="E18" s="5" t="s">
-[...5 lines deleted...]
-      <c r="P18" s="1"/>
+      <c r="D18" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="N18" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
         <v>50</v>
       </c>
-      <c r="E19" s="5" t="s">
-[...5 lines deleted...]
-      <c r="Q19" s="1"/>
+      <c r="D19" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
         <v>51</v>
       </c>
-      <c r="E20" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
-      <c r="H20" s="1"/>
-      <c r="R20" s="5" t="s">
+      <c r="Q20" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="W20" s="6" t="s">
+      <c r="V20" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="E21" s="5" t="s">
+      <c r="D21" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="O21" s="6" t="s">
+      <c r="N21" s="6" t="s">
         <v>56</v>
       </c>
+      <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
       <c r="Z21" s="1"/>
       <c r="AA21" s="1"/>
-      <c r="AB21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
         <v>57</v>
       </c>
-      <c r="H22" s="5" t="s">
-[...6 lines deleted...]
-      <c r="R22" s="1"/>
+      <c r="G22" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H22" s="1"/>
+      <c r="P22" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
         <v>58</v>
       </c>
-      <c r="E23" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
-      <c r="L23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
         <v>59</v>
       </c>
-      <c r="F24" s="5" t="s">
-[...5 lines deleted...]
-      <c r="O24" s="1"/>
+      <c r="E24" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="N24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
         <v>60</v>
       </c>
-      <c r="G25" s="5" t="s">
-[...5 lines deleted...]
-      <c r="O25" s="6" t="s">
+      <c r="F25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="N25" s="6" t="s">
         <v>61</v>
       </c>
+      <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
-      <c r="T25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
         <v>62</v>
       </c>
-      <c r="H26" s="5" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="G26" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="U26" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
         <v>63</v>
       </c>
-      <c r="F27" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E27" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F27" s="1"/>
       <c r="G27" s="1"/>
-      <c r="H27" s="1"/>
-[...3 lines deleted...]
-      <c r="U27" s="6" t="s">
+      <c r="P27" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="T27" s="6" t="s">
         <v>64</v>
       </c>
+      <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="X27" s="1"/>
       <c r="Y27" s="1"/>
       <c r="Z27" s="1"/>
-      <c r="AA27" s="1"/>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="E28" s="5" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="D28" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
         <v>66</v>
       </c>
-      <c r="E29" s="5" t="s">
-[...3 lines deleted...]
-        <v>28</v>
+      <c r="D29" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
         <v>67</v>
       </c>
-      <c r="G30" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F30" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
-      <c r="J30" s="1"/>
-[...1 lines deleted...]
-        <v>28</v>
+      <c r="N30" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="D31" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
-      <c r="K31" s="1"/>
-[...3 lines deleted...]
-      <c r="Q31" s="1"/>
+      <c r="O31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
         <v>69</v>
       </c>
-      <c r="E32" s="5" t="s">
-[...6 lines deleted...]
-      <c r="P32" s="6" t="s">
+      <c r="D32" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="N32" s="1"/>
+      <c r="O32" s="6" t="s">
         <v>70</v>
       </c>
+      <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
       <c r="AC32" s="1"/>
-      <c r="AD32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
         <v>71</v>
       </c>
-      <c r="K33" s="5" t="s">
-[...2 lines deleted...]
-      <c r="Q33" s="5" t="s">
+      <c r="J33" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="P33" s="5" t="s">
         <v>72</v>
       </c>
+      <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
-      <c r="S33" s="1"/>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="B35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="C35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="D35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="E35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="F35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="G35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>73</v>
@@ -1228,53 +1220,50 @@
       </c>
       <c r="V35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="W35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="X35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="Y35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="Z35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AA35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AB35" s="4" t="s">
         <v>73</v>
       </c>
       <c r="AC35" s="4" t="s">
         <v>73</v>
       </c>
-      <c r="AD35" s="4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="C36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="E36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="F36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="G36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="H36" s="7" t="s">
         <v>74</v>
@@ -1320,53 +1309,50 @@
       </c>
       <c r="V36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="W36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="X36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Y36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="Z36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AA36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AB36" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AC36" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="AD36" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="B37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="C37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="D37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="E37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="G37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="H37" s="7" t="s">
         <v>75</v>
@@ -1412,53 +1398,50 @@
       </c>
       <c r="V37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="W37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="X37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Y37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="Z37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AA37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AB37" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AC37" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="AD37" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="B38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="D38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="E38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="F38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="G38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="H38" s="7" t="s">
         <v>76</v>
@@ -1504,53 +1487,50 @@
       </c>
       <c r="V38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="W38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="X38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="Y38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="Z38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AA38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AB38" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AC38" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="AD38" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="B39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>77</v>
@@ -1596,53 +1576,50 @@
       </c>
       <c r="V39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>77</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="AD39" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="B40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="D40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="G40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="H40" s="7" t="s">
         <v>78</v>
@@ -1688,53 +1665,50 @@
       </c>
       <c r="V40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="W40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="X40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="Y40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="Z40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AA40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AB40" s="7" t="s">
         <v>78</v>
       </c>
       <c r="AC40" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="AD40" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="B41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="C41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="D41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="G41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="H41" s="7" t="s">
         <v>79</v>
@@ -1780,53 +1754,50 @@
       </c>
       <c r="V41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="W41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="X41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="Y41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="Z41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="AA41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="AB41" s="7" t="s">
         <v>79</v>
       </c>
       <c r="AC41" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="AD41" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="B42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="C42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="D42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="E42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="F42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="G42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="H42" s="7" t="s">
         <v>80</v>
@@ -1872,53 +1843,50 @@
       </c>
       <c r="V42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="W42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="X42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="Y42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="Z42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="AA42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="AB42" s="7" t="s">
         <v>80</v>
       </c>
       <c r="AC42" s="7" t="s">
         <v>80</v>
       </c>
-      <c r="AD42" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="B43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>81</v>
@@ -1964,53 +1932,50 @@
       </c>
       <c r="V43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="W43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="AD43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="B44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="D44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="E44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="F44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="G44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="H44" s="7" t="s">
         <v>82</v>
@@ -2056,53 +2021,50 @@
       </c>
       <c r="V44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="W44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="X44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="Y44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="Z44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="AA44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="AB44" s="7" t="s">
         <v>82</v>
       </c>
       <c r="AC44" s="7" t="s">
         <v>82</v>
       </c>
-      <c r="AD44" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="B45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="C45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="E45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="F45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="G45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="H45" s="7" t="s">
         <v>83</v>
@@ -2148,53 +2110,50 @@
       </c>
       <c r="V45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="W45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="X45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="Y45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="Z45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="AA45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="AB45" s="7" t="s">
         <v>83</v>
       </c>
       <c r="AC45" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="AD45" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="B46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="C46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="D46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="E46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="F46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="G46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="H46" s="7" t="s">
         <v>84</v>
@@ -2240,53 +2199,50 @@
       </c>
       <c r="V46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="W46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="X46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="Y46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="Z46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AA46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AB46" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AC46" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="AD46" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="B47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>85</v>
@@ -2332,53 +2288,50 @@
       </c>
       <c r="V47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="W47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="X47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="Y47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="Z47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AA47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AB47" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AC47" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="AD47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="B48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="C48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="D48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="E48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="F48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="G48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="H48" s="7" t="s">
         <v>86</v>
@@ -2424,53 +2377,50 @@
       </c>
       <c r="V48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="W48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="X48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="Y48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="Z48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="AA48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="AB48" s="7" t="s">
         <v>86</v>
       </c>
       <c r="AC48" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="AD48" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="B49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="C49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="D49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="E49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="F49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="G49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="H49" s="7" t="s">
         <v>87</v>
@@ -2516,53 +2466,50 @@
       </c>
       <c r="V49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="W49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="X49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="Y49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="Z49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AA49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AB49" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AC49" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="AD49" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="B50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="C50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="D50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="E50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="F50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="G50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="H50" s="7" t="s">
         <v>88</v>
@@ -2608,53 +2555,50 @@
       </c>
       <c r="V50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="W50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="X50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="Y50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="Z50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="AA50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="AB50" s="7" t="s">
         <v>88</v>
       </c>
       <c r="AC50" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="AD50" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="B51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="C51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>89</v>
@@ -2700,53 +2644,50 @@
       </c>
       <c r="V51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="W51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="X51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="Y51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="Z51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="AA51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="AB51" s="7" t="s">
         <v>89</v>
       </c>
       <c r="AC51" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="AD51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="B52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="C52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="D52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="E52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="F52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="G52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="H52" s="7" t="s">
         <v>90</v>
@@ -2792,53 +2733,50 @@
       </c>
       <c r="V52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="W52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="X52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="Y52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="Z52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AA52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AB52" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AC52" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="AD52" s="7" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="B54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>91</v>
@@ -2884,118 +2822,114 @@
       </c>
       <c r="V54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="W54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="X54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="Y54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="Z54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="AA54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="AB54" s="1" t="s">
         <v>91</v>
       </c>
       <c r="AC54" s="1" t="s">
         <v>91</v>
       </c>
-      <c r="AD54" s="1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="57">
       <c r="A57" s="8" t="s">
         <v>92</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="9" t="s">
         <v>92</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="10" t="s">
         <v>92</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>95</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:AD1"/>
+    <mergeCell ref="A1:AC1"/>
     <mergeCell ref="A2:A3"/>
-    <mergeCell ref="B2:L2"/>
-[...55 lines deleted...]
-    <mergeCell ref="A54:AD54"/>
+    <mergeCell ref="B2:K2"/>
+    <mergeCell ref="L2:AC2"/>
+    <mergeCell ref="Q5:R5"/>
+    <mergeCell ref="P7:Q7"/>
+    <mergeCell ref="D8:G8"/>
+    <mergeCell ref="N8:P8"/>
+    <mergeCell ref="E9:J9"/>
+    <mergeCell ref="O9:P9"/>
+    <mergeCell ref="D12:J12"/>
+    <mergeCell ref="H13:J13"/>
+    <mergeCell ref="P13:X13"/>
+    <mergeCell ref="Y13:AA13"/>
+    <mergeCell ref="D14:F14"/>
+    <mergeCell ref="H14:X14"/>
+    <mergeCell ref="D15:G15"/>
+    <mergeCell ref="H15:K15"/>
+    <mergeCell ref="L15:M15"/>
+    <mergeCell ref="N15:Y15"/>
+    <mergeCell ref="Z15:AB15"/>
+    <mergeCell ref="U16:V16"/>
+    <mergeCell ref="N18:O18"/>
+    <mergeCell ref="O19:P19"/>
+    <mergeCell ref="D20:G20"/>
+    <mergeCell ref="N21:AA21"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="P22:Q22"/>
+    <mergeCell ref="G23:K23"/>
+    <mergeCell ref="M24:N24"/>
+    <mergeCell ref="N25:S25"/>
+    <mergeCell ref="E27:G27"/>
+    <mergeCell ref="T27:Z27"/>
+    <mergeCell ref="F30:I30"/>
+    <mergeCell ref="C31:J31"/>
+    <mergeCell ref="O31:P31"/>
+    <mergeCell ref="M32:N32"/>
+    <mergeCell ref="O32:AC32"/>
+    <mergeCell ref="P33:R33"/>
+    <mergeCell ref="A35:AC35"/>
+    <mergeCell ref="A36:AC36"/>
+    <mergeCell ref="A37:AC37"/>
+    <mergeCell ref="A38:AC38"/>
+    <mergeCell ref="A39:AC39"/>
+    <mergeCell ref="A40:AC40"/>
+    <mergeCell ref="A41:AC41"/>
+    <mergeCell ref="A42:AC42"/>
+    <mergeCell ref="A43:AC43"/>
+    <mergeCell ref="A44:AC44"/>
+    <mergeCell ref="A45:AC45"/>
+    <mergeCell ref="A46:AC46"/>
+    <mergeCell ref="A47:AC47"/>
+    <mergeCell ref="A48:AC48"/>
+    <mergeCell ref="A49:AC49"/>
+    <mergeCell ref="A50:AC50"/>
+    <mergeCell ref="A51:AC51"/>
+    <mergeCell ref="A52:AC52"/>
+    <mergeCell ref="A54:AC54"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>