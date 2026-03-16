--- v2 (2026-01-29)
+++ v3 (2026-03-16)
@@ -1,52 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rb8d204867b9e4ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="R412b7974de0349be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
-    <sheet name="Immunisation scheduler" sheetId="1" r:id="R20cfe5c211ba4547"/>
+    <sheet name="Immunisation scheduler" sheetId="1" r:id="R6cc98d4c55874799"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="96">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="95">
   <si>
     <t>Rubella: Recommended vaccinations</t>
   </si>
   <si>
     <t>Months</t>
   </si>
   <si>
     <t>Years</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
@@ -64,266 +64,263 @@
   <si>
     <t>23</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>19</t>
+    <t>25</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Austria</t>
   </si>
   <si>
     <t>RUBE (1 )</t>
   </si>
   <si>
     <t>RUBE</t>
   </si>
   <si>
     <t xml:space="preserve">Belgium  </t>
   </si>
   <si>
+    <t>RUBE (2 )</t>
+  </si>
+  <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Croatia</t>
   </si>
   <si>
-    <t>RUBE (2 )</t>
+    <t>RUBE (3 )</t>
   </si>
   <si>
     <t>Cyprus</t>
   </si>
   <si>
     <t>Czechia</t>
   </si>
   <si>
     <t>Denmark</t>
   </si>
   <si>
-    <t>RUBE (3 )</t>
+    <t>RUBE (4 )</t>
   </si>
   <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Finland</t>
   </si>
   <si>
-    <t>RUBE (4 )</t>
+    <t>RUBE (5 )</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
-    <t>RUBE (5 )</t>
-[...1 lines deleted...]
-  <si>
     <t>RUBE (6 )</t>
   </si>
   <si>
+    <t>RUBE (7 )</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>RUBE (7 )</t>
+    <t>RUBE (8 )</t>
   </si>
   <si>
     <t>Greece</t>
   </si>
   <si>
-    <t>RUBE (8 )</t>
+    <t>RUBE (9 )</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
-    <t>RUBE (9 )</t>
+    <t>RUBE (10 )</t>
   </si>
   <si>
     <t>Iceland</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Latvia</t>
   </si>
   <si>
-    <t>RUBE (10 )</t>
-[...1 lines deleted...]
-  <si>
     <t>RUBE (11 )</t>
   </si>
   <si>
+    <t>RUBE (12 )</t>
+  </si>
+  <si>
     <t>Liechtenstein</t>
   </si>
   <si>
-    <t>RUBE (12 )</t>
-[...1 lines deleted...]
-  <si>
     <t>RUBE (13 )</t>
   </si>
   <si>
+    <t>RUBE (14 )</t>
+  </si>
+  <si>
     <t>Lithuania</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>RUBE (14 )</t>
+    <t>RUBE (15 )</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
-    <t>RUBE (15 )</t>
-[...1 lines deleted...]
-  <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>RUBE (16 )</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>RUBE (17 )</t>
   </si>
   <si>
     <t>Footnotes:</t>
   </si>
   <si>
     <t xml:space="preserve">1: If the first dose is given in the first year of life, the recommended interval between the doses is 3 months (minimal interval 4 weeks). If the first dose of MMR is given after the first birthday, the second dose is recommended as early as possible with a minimal interval of 4 weeks. </t>
   </si>
   <si>
-    <t>2: Given to grade 1 students</t>
-[...11 lines deleted...]
-    <t>6: Two MMR doses in total among individuals born from 1980.
+    <t xml:space="preserve">2: Regarding implementation, MMR2 in the free routine vaccination program in Flanders has been moved to 24 months </t>
+  </si>
+  <si>
+    <t>3: Given to grade 1 students</t>
+  </si>
+  <si>
+    <t>4: MMR vaccination possible from 9 months of age prior to visiting measles-endemic countries and areas where measles outbreaks are known to occur. The recommended two-dose vaccination schedule at 15 months and 4 years still need to be completed if first vaccination before 12 months.</t>
+  </si>
+  <si>
+    <t>5: Recommendation for the first dose to be given at 12 months of age</t>
+  </si>
+  <si>
+    <t>6: 2 doses of MMR one month appart if no previous vaccination ; 1 dose if only one dose previously</t>
+  </si>
+  <si>
+    <t>7: Two MMR doses in total among individuals born from 1980.
 For rubella, one dose of MMR among unvaccinated woman.</t>
   </si>
   <si>
-    <t>7: Vaccination from 9 months in specific circumstances. In this case, the second dose should be given as early as possible in the second year of life.</t>
-[...17 lines deleted...]
-    <t>13: Catch up on vaccination (1 or 2 doses at least one month apart, depending on the number of doses received previously): in particular children, adolescents and adults
+    <t>8: Vaccination from 9 months in specific circumstances. In this case, the second dose should be given as early as possible in the second year of life.</t>
+  </si>
+  <si>
+    <t>9: For individuals born after 1970 (one or two doses depending on vaccination history and clinical history)</t>
+  </si>
+  <si>
+    <t>10: School-based vaccination in 6th grade</t>
+  </si>
+  <si>
+    <t>11: Six-year-old children may be vaccinated with vaccinations for 7-year-old children, if the child is beginning to study in an educational institution.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12: If not previously vaccinated,  2 doses are required. Vaccination against varicella should be performed with no history of disease.</t>
+  </si>
+  <si>
+    <t>13: Depending on the risk evaluation of the risk of measles, administration of the second dose of MMR is possible between 12 and 15 months of age. In case of an outbreak, or contact with a measles case, or travel to endemic area, vaccination is recommended starting at six months of age. If the first dose of MMR is given between six and eight months of age, three doses of MMR are necessary to complete the immunisation cycle.</t>
+  </si>
+  <si>
+    <t>14: Catch up on vaccination (1 or 2 doses at least one month apart, depending on the number of doses received previously): in particular children, adolescents and adults
 born after 1963; women of childbearing age or women who have recently given birth. Do not administer this vaccination in case of known pregnancy or immunosuppression</t>
   </si>
   <si>
-    <t>14: Following shift of MMR vaccine from 9 to 3 years old in 2025, a catch up campaign is in place for cohorts 2016 to 2021 between 2025-24</t>
-[...11 lines deleted...]
-    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-01-29 at 21:27.</t>
+    <t>15: Following shift of MMR vaccine from 9 to 3 years old in 2025, a catch up campaign is in place for cohorts 2016 to 2021 between 2025-27</t>
+  </si>
+  <si>
+    <t>16: Two doses at 4 or more weeks interval recommended in individuals born in Spain since 1978 with no documented history of vaccination. Additional information available at: https://www.sanidad.gob.es/areas/promocionPrevencion/vacunaciones/comoTrabajamos/docs/evaluacionImpacto_2EstudioSeroprevalenciaSarampion.pdf</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17: Given to students in first or second grade </t>
+  </si>
+  <si>
+    <t>The contents of this report are covered by the ECDC legal notice. See: https://ecdc.europa.eu/en/legal-notice. The report reflects the state of submissions in the ECDC vaccination schedule platform as of 2026-03-16 at 06:14.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>General recommendation for Austria</t>
   </si>
   <si>
     <t>Recommendation for specific groups only for Austria</t>
   </si>
   <si>
     <t>Catch-up (e.g. if previous doses missed) for Austria</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
@@ -378,89 +375,88 @@
     <xf numFmtId="0" fontId="1" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0"/>
     <xf numFmtId="0" fontId="2" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" xfId="0">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="4" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="3" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R20cfe5c211ba4547" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="Rd9d4d28c23ac4b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="Rbd211cd49c6e4c44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml" Id="R6cc98d4c55874799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="R50e72f8c8ad34d82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml" Id="R0a5e4682fbdc4543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AC59"/>
+  <dimension ref="A1:AB59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="13.17" customWidth="1" style="1"/>
     <col min="2" max="2" width="13.17" customWidth="1" style="1"/>
     <col min="3" max="3" width="13.17" customWidth="1" style="1"/>
     <col min="4" max="4" width="13.17" customWidth="1" style="1"/>
     <col min="5" max="5" width="13.17" customWidth="1" style="1"/>
     <col min="6" max="6" width="13.17" customWidth="1" style="1"/>
     <col min="7" max="7" width="13.17" customWidth="1" style="1"/>
     <col min="8" max="8" width="13.17" customWidth="1" style="1"/>
     <col min="9" max="9" width="13.17" customWidth="1" style="1"/>
     <col min="10" max="10" width="13.17" customWidth="1" style="1"/>
     <col min="11" max="11" width="13.17" customWidth="1" style="1"/>
     <col min="12" max="12" width="13.17" customWidth="1" style="1"/>
     <col min="13" max="13" width="13.17" customWidth="1" style="1"/>
     <col min="14" max="14" width="13.17" customWidth="1" style="1"/>
     <col min="15" max="15" width="13.17" customWidth="1" style="1"/>
     <col min="16" max="16" width="13.17" customWidth="1" style="1"/>
     <col min="17" max="17" width="13.17" customWidth="1" style="1"/>
     <col min="18" max="18" width="13.17" customWidth="1" style="1"/>
     <col min="19" max="19" width="13.17" customWidth="1" style="1"/>
     <col min="20" max="20" width="13.17" customWidth="1" style="1"/>
     <col min="21" max="21" width="13.17" customWidth="1" style="1"/>
     <col min="22" max="22" width="13.17" customWidth="1" style="1"/>
     <col min="23" max="23" width="13.17" customWidth="1" style="1"/>
     <col min="24" max="24" width="13.17" customWidth="1" style="1"/>
     <col min="25" max="25" width="13.17" customWidth="1" style="1"/>
     <col min="26" max="26" width="13.17" customWidth="1" style="1"/>
     <col min="27" max="27" width="13.17" customWidth="1" style="1"/>
-    <col min="28" max="28" width="13.17" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="F1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="H1" s="2" t="s">
@@ -502,90 +498,86 @@
       <c r="T1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="U1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="V1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="W1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="X1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Y1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="Z1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AA1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="AB1" s="2" t="s">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AC1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="1"/>
       <c r="B2" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
       <c r="H2" s="1"/>
       <c r="I2" s="1"/>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="3" t="s">
         <v>2</v>
       </c>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1"/>
       <c r="U2" s="1"/>
       <c r="V2" s="1"/>
       <c r="W2" s="1"/>
       <c r="X2" s="1"/>
       <c r="Y2" s="1"/>
       <c r="Z2" s="1"/>
       <c r="AA2" s="1"/>
       <c r="AB2" s="1"/>
-      <c r="AC2" s="1"/>
     </row>
     <row r="3">
       <c r="A3" s="1"/>
       <c r="B3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="3" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="3" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>6</v>
       </c>
       <c r="F3" s="3" t="s">
         <v>7</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>8</v>
       </c>
       <c r="H3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="I3" s="3" t="s">
@@ -600,2336 +592,2266 @@
       <c r="L3" s="3" t="s">
         <v>13</v>
       </c>
       <c r="M3" s="3" t="s">
         <v>14</v>
       </c>
       <c r="N3" s="3" t="s">
         <v>15</v>
       </c>
       <c r="O3" s="3" t="s">
         <v>16</v>
       </c>
       <c r="P3" s="3" t="s">
         <v>17</v>
       </c>
       <c r="Q3" s="3" t="s">
         <v>18</v>
       </c>
       <c r="R3" s="3" t="s">
         <v>19</v>
       </c>
       <c r="S3" s="3" t="s">
         <v>3</v>
       </c>
       <c r="T3" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="U3" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="V3" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="W3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="X3" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="Y3" s="3" t="s">
         <v>20</v>
-      </c>
-[...13 lines deleted...]
-        <v>11</v>
       </c>
       <c r="Z3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="AA3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="AB3" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="AC3" s="3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D4" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q5" s="5" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="R5" s="1"/>
     </row>
     <row r="6">
       <c r="A6" s="4" t="s">
         <v>29</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>26</v>
+      </c>
+      <c r="U6" s="5" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="4" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="P7" s="5" t="s">
         <v>31</v>
       </c>
       <c r="Q7" s="1"/>
     </row>
     <row r="8">
       <c r="A8" s="4" t="s">
         <v>32</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="N8" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
     </row>
     <row r="9">
       <c r="A9" s="4" t="s">
         <v>33</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="O9" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="P9" s="1"/>
     </row>
     <row r="10">
       <c r="A10" s="4" t="s">
         <v>34</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="N10" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="4" t="s">
         <v>36</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>26</v>
+      </c>
+      <c r="V11" s="5" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="4" t="s">
         <v>37</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>38</v>
       </c>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
       <c r="I12" s="1"/>
       <c r="J12" s="1"/>
       <c r="P12" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="4" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I13" s="1"/>
       <c r="J13" s="1"/>
       <c r="P13" s="6" t="s">
         <v>40</v>
       </c>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
-      <c r="X13" s="1"/>
-      <c r="Y13" s="6" t="s">
+      <c r="X13" s="6" t="s">
         <v>41</v>
       </c>
+      <c r="Y13" s="1"/>
       <c r="Z13" s="1"/>
-      <c r="AA13" s="1"/>
     </row>
     <row r="14">
       <c r="A14" s="4" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
       <c r="G14" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
-      <c r="X14" s="1"/>
     </row>
     <row r="15">
       <c r="A15" s="4" t="s">
         <v>44</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="I15" s="1"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="M15" s="1"/>
       <c r="N15" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
-      <c r="Y15" s="1"/>
-      <c r="Z15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>45</v>
       </c>
+      <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
-      <c r="AB15" s="1"/>
     </row>
     <row r="16">
       <c r="A16" s="4" t="s">
         <v>46</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="U16" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="T16" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="V16" s="1"/>
+      <c r="U16" s="1"/>
     </row>
     <row r="17">
       <c r="A17" s="4" t="s">
         <v>48</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>26</v>
+      </c>
+      <c r="U17" s="5" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="4" t="s">
         <v>49</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N18" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O18" s="1"/>
     </row>
     <row r="19">
       <c r="A19" s="4" t="s">
         <v>50</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O19" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="P19" s="1"/>
     </row>
     <row r="20">
       <c r="A20" s="4" t="s">
         <v>51</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="Q20" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="V20" s="6" t="s">
+      <c r="U20" s="6" t="s">
         <v>53</v>
       </c>
+      <c r="V20" s="1"/>
+      <c r="W20" s="1"/>
+      <c r="X20" s="1"/>
+      <c r="Y20" s="1"/>
     </row>
     <row r="21">
       <c r="A21" s="4" t="s">
         <v>54</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>55</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>55</v>
       </c>
       <c r="N21" s="6" t="s">
         <v>56</v>
       </c>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
       <c r="Z21" s="1"/>
-      <c r="AA21" s="1"/>
     </row>
     <row r="22">
       <c r="A22" s="4" t="s">
         <v>57</v>
       </c>
       <c r="G22" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H22" s="1"/>
       <c r="P22" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="Q22" s="1"/>
     </row>
     <row r="23">
       <c r="A23" s="4" t="s">
         <v>58</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="H23" s="1"/>
       <c r="I23" s="1"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
     </row>
     <row r="24">
       <c r="A24" s="4" t="s">
         <v>59</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N24" s="1"/>
     </row>
     <row r="25">
       <c r="A25" s="4" t="s">
         <v>60</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N25" s="6" t="s">
         <v>61</v>
       </c>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
     </row>
     <row r="26">
       <c r="A26" s="4" t="s">
         <v>62</v>
       </c>
       <c r="G26" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>26</v>
+      </c>
+      <c r="T26" s="5" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="4" t="s">
         <v>63</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="P27" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-      <c r="Z27" s="1"/>
+        <v>26</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="4" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O28" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="4" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="O29" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="4" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="N30" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="4" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
       <c r="I31" s="1"/>
       <c r="J31" s="1"/>
       <c r="O31" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="P31" s="1"/>
     </row>
     <row r="32">
       <c r="A32" s="4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="N32" s="1"/>
       <c r="O32" s="6" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
-      <c r="AC32" s="1"/>
     </row>
     <row r="33">
       <c r="A33" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="P33" s="5" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>72</v>
       </c>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
     </row>
     <row r="35">
       <c r="A35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="E35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="G35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="H35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="I35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="J35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="K35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="L35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="M35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="N35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="O35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="P35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="Q35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="R35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="S35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="T35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="U35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="V35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="W35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="X35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="Y35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="Z35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AA35" s="4" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="AB35" s="4" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="E36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="G36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="H36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="I36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="K36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="L36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="M36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="N36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="O36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="P36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="Q36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="R36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="S36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="T36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="U36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="V36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="W36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="X36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="Y36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="Z36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AA36" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="AB36" s="7" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="E37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="I37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="J37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="L37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="M37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="N37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="O37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="P37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="Q37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="R37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="S37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="T37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="U37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="V37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="W37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="X37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="Y37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="Z37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AA37" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="AB37" s="7" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="E38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="H38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="I38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="J38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="K38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="L38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="M38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="N38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="O38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="P38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="Q38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="R38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="S38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="T38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="U38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="V38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="W38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="X38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="Y38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="Z38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AA38" s="7" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="AB38" s="7" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="W39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="Y39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="Z39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="H40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="I40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="J40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="K40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="L40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="M40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="N40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="O40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="P40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Q40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="R40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="S40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="T40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="U40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="V40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="W40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="X40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Y40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="Z40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AA40" s="7" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="AB40" s="7" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="H41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="I41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="J41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="K41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="L41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="M41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="N41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="O41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="P41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Q41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="R41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="S41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="T41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="U41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="V41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="W41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="X41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Y41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Z41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AA41" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AB41" s="7" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="E42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="H42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="I42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="J42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="K42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="L42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="M42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="N42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="O42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="P42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="Q42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="R42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="S42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="T42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="U42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="V42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="W42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="X42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="Y42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="Z42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AA42" s="7" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="AB42" s="7" t="s">
-        <v>80</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="N43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="V43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Y43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="Z43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="G44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="H44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="J44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="K44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="L44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="M44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="N44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="O44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="P44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Q44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="R44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="S44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="T44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="U44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="V44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="W44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="X44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Y44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="Z44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AA44" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="AB44" s="7" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="E45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="G45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="H45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="I45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="J45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="K45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="L45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="M45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="N45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="O45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="P45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="Q45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="R45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="S45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="T45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="U45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="V45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="W45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="X45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="Y45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="Z45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AA45" s="7" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="AB45" s="7" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="E46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="G46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="H46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="I46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="J46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="K46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="L46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="M46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="N46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="O46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="P46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="Q46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="R46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="S46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="T46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="U46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="V46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="W46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="X46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="Y46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="Z46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AA46" s="7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="AB46" s="7" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="H47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="I47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="K47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="L47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="Q47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="S47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="U47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="V47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="W47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="Y47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="E48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="H48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="I48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="J48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="K48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="L48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="M48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="N48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="O48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="P48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="Q48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="R48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="S48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="T48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="U48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="V48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="W48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="X48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="Y48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="Z48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AA48" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="AB48" s="7" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="E49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="G49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="H49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="I49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="J49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="K49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="L49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="M49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="N49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="O49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="P49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="Q49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="R49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="S49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="T49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="U49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="V49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="W49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="X49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="Y49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="Z49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AA49" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="AB49" s="7" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="G50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="H50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="I50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="J50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="K50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="L50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="M50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="N50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="O50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="P50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Q50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="R50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="S50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="T50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="U50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="V50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="W50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="X50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Y50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="Z50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AA50" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="AB50" s="7" t="s">
-        <v>88</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="G51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="H51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="I51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="K51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="M51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="N51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Q51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="R51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="S51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="T51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="U51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="V51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="W51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="X51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Y51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="Z51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AA51" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="AB51" s="7" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="E52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="G52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="H52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="I52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="J52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="K52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="L52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="M52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="N52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="O52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="P52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Q52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="R52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="S52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="T52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="U52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="V52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="W52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="X52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Y52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="Z52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AA52" s="7" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="AB52" s="7" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="J54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="K54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="L54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="M54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="N54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="O54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="P54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Q54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="R54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="S54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="T54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="U54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="V54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="W54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="X54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Y54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="Z54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AA54" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="AB54" s="1" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="B57" s="1" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="9" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B58" s="1" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="10" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B59" s="1" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A1:AC1"/>
+    <mergeCell ref="A1:AB1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:K2"/>
-    <mergeCell ref="L2:AC2"/>
+    <mergeCell ref="L2:AB2"/>
     <mergeCell ref="Q5:R5"/>
     <mergeCell ref="P7:Q7"/>
     <mergeCell ref="D8:G8"/>
     <mergeCell ref="N8:P8"/>
     <mergeCell ref="E9:J9"/>
     <mergeCell ref="O9:P9"/>
     <mergeCell ref="D12:J12"/>
     <mergeCell ref="H13:J13"/>
-    <mergeCell ref="P13:X13"/>
-    <mergeCell ref="Y13:AA13"/>
+    <mergeCell ref="P13:W13"/>
+    <mergeCell ref="X13:Z13"/>
     <mergeCell ref="D14:F14"/>
-    <mergeCell ref="H14:X14"/>
+    <mergeCell ref="H14:W14"/>
     <mergeCell ref="D15:G15"/>
     <mergeCell ref="H15:K15"/>
     <mergeCell ref="L15:M15"/>
-    <mergeCell ref="N15:Y15"/>
-[...1 lines deleted...]
-    <mergeCell ref="U16:V16"/>
+    <mergeCell ref="N15:X15"/>
+    <mergeCell ref="Y15:AA15"/>
+    <mergeCell ref="T16:U16"/>
     <mergeCell ref="N18:O18"/>
     <mergeCell ref="O19:P19"/>
     <mergeCell ref="D20:G20"/>
-    <mergeCell ref="N21:AA21"/>
+    <mergeCell ref="U20:Y20"/>
+    <mergeCell ref="N21:Z21"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="P22:Q22"/>
     <mergeCell ref="G23:K23"/>
     <mergeCell ref="M24:N24"/>
     <mergeCell ref="N25:S25"/>
     <mergeCell ref="E27:G27"/>
-    <mergeCell ref="T27:Z27"/>
     <mergeCell ref="F30:I30"/>
     <mergeCell ref="C31:J31"/>
     <mergeCell ref="O31:P31"/>
     <mergeCell ref="M32:N32"/>
-    <mergeCell ref="O32:AC32"/>
+    <mergeCell ref="O32:AB32"/>
     <mergeCell ref="P33:R33"/>
-    <mergeCell ref="A35:AC35"/>
-[...17 lines deleted...]
-    <mergeCell ref="A54:AC54"/>
+    <mergeCell ref="A35:AB35"/>
+    <mergeCell ref="A36:AB36"/>
+    <mergeCell ref="A37:AB37"/>
+    <mergeCell ref="A38:AB38"/>
+    <mergeCell ref="A39:AB39"/>
+    <mergeCell ref="A40:AB40"/>
+    <mergeCell ref="A41:AB41"/>
+    <mergeCell ref="A42:AB42"/>
+    <mergeCell ref="A43:AB43"/>
+    <mergeCell ref="A44:AB44"/>
+    <mergeCell ref="A45:AB45"/>
+    <mergeCell ref="A46:AB46"/>
+    <mergeCell ref="A47:AB47"/>
+    <mergeCell ref="A48:AB48"/>
+    <mergeCell ref="A49:AB49"/>
+    <mergeCell ref="A50:AB50"/>
+    <mergeCell ref="A51:AB51"/>
+    <mergeCell ref="A52:AB52"/>
+    <mergeCell ref="A54:AB54"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>